--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -1,187 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A4E1AA7" w14:textId="47E8F299" w:rsidR="006C1319" w:rsidRPr="00630D57" w:rsidRDefault="00AF5452" w:rsidP="00630D57">
+    <w:p w14:paraId="3A4E1AA7" w14:textId="47E8F299" w:rsidR="006C1319" w:rsidRPr="00630D57" w:rsidRDefault="00AF5452" w:rsidP="00DC6DF8">
       <w:pPr>
         <w:pStyle w:val="BJRSArticleTitle"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Article title: guidelines for Brazilian Journal of Radiation Sciences MS Word template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C14D1A7" w14:textId="22679694" w:rsidR="00784BCE" w:rsidRPr="001034CE" w:rsidRDefault="00784BCE" w:rsidP="00784BCE">
+    <w:p w14:paraId="1C14D1A7" w14:textId="6D3D9EC3" w:rsidR="00784BCE" w:rsidRPr="001034CE" w:rsidRDefault="0017256B" w:rsidP="00784BCE">
       <w:pPr>
         <w:pStyle w:val="BJRSAuthors"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001034CE">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="008B0337">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:pict w14:anchorId="7A27AD77">
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
+              <v:formulas>
+                <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                <v:f eqn="sum @0 1 0"/>
+                <v:f eqn="sum 0 0 @1"/>
+                <v:f eqn="prod @2 1 2"/>
+                <v:f eqn="prod @3 21600 pixelWidth"/>
+                <v:f eqn="prod @3 21600 pixelHeight"/>
+                <v:f eqn="sum @0 0 1"/>
+                <v:f eqn="prod @6 1 2"/>
+                <v:f eqn="prod @7 21600 pixelWidth"/>
+                <v:f eqn="sum @8 21600 0"/>
+                <v:f eqn="prod @7 21600 pixelHeight"/>
+                <v:f eqn="sum @10 21600 0"/>
+              </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
+            </v:shapetype>
+            <v:shape id="Imagem 4" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto." href="https://orcid.org/register" style="width:12.5pt;height:12.5pt;visibility:visible;mso-wrap-style:square" o:button="t">
+              <v:imagedata r:id="rId12" o:title="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto"/>
+            </v:shape>
+          </w:pict>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Family-Name</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a*</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. N.; Family-Name</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001034CE">
+        <w:t xml:space="preserve">. N.; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="700087A9" wp14:editId="36235D92">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="523217438" name="Imagem 4" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="523217438" name="Imagem 4" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
+                      <a:hlinkClick r:id="rId11"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Family-Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> b</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A55BCDE" w14:textId="60C4CE70" w:rsidR="00DF46A2" w:rsidRPr="001F29EB" w:rsidRDefault="00221485" w:rsidP="00630D57">
+    <w:p w14:paraId="4A55BCDE" w14:textId="2621B42B" w:rsidR="00DF46A2" w:rsidRPr="001F29EB" w:rsidRDefault="00221485" w:rsidP="00630D57">
       <w:pPr>
         <w:pStyle w:val="BJRSAfiliation"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F546D6" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Institution name</w:t>
       </w:r>
+      <w:r w:rsidR="00DC6DF8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6DF8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10D6C3F4" wp14:editId="6E81EA41">
+            <wp:extent cx="114300" cy="114300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1895992756" name="Imagem 2" descr="ROR ID">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId14"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1895992756" name="Imagem 2" descr="ROR ID">
+                      <a:hlinkClick r:id="rId14"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="114300" cy="114300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:rStyle w:val="BJRSAfiliationChar"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:rStyle w:val="BJRSAfiliationChar"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Postal code</w:t>
       </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:rStyle w:val="BJRSAfiliationChar"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:rStyle w:val="BJRSAfiliationChar"/>
           <w:lang w:val="en-US"/>
@@ -221,50 +373,113 @@
       <w:r w:rsidR="00630D57" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00F546D6" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Institution name</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6DF8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6DF8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7609A80A" wp14:editId="210C4363">
+            <wp:extent cx="114300" cy="114300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1743281146" name="Imagem 2" descr="ROR ID">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId14"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1895992756" name="Imagem 2" descr="ROR ID">
+                      <a:hlinkClick r:id="rId14"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="114300" cy="114300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Postal code</w:t>
       </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
@@ -335,56 +550,53 @@
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidR="008C49EB" w:rsidRPr="008C49EB">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D52DB4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126D25D0" w14:textId="4BEEE461" w:rsidR="00DF46A2" w:rsidRPr="009B1422" w:rsidRDefault="00221485" w:rsidP="00AA149D">
+    <w:p w14:paraId="126D25D0" w14:textId="4BEEE461" w:rsidR="00DF46A2" w:rsidRPr="00E23E39" w:rsidRDefault="00221485" w:rsidP="00AA149D">
       <w:pPr>
         <w:pStyle w:val="BJRSAbstract"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA149D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A664F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA149D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>stract</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA149D">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009234BF">
         <w:t xml:space="preserve">The abstract should </w:t>
       </w:r>
@@ -397,57 +609,51 @@
       <w:r w:rsidR="009234BF" w:rsidRPr="00115E97">
         <w:t>n </w:t>
       </w:r>
       <w:r w:rsidR="009234BF" w:rsidRPr="00115E97">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one paragraph of 3</w:t>
       </w:r>
       <w:r w:rsidR="009234BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009234BF" w:rsidRPr="00115E97">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0 words or less</w:t>
       </w:r>
       <w:r w:rsidR="009234BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009F0520" w:rsidRPr="009F0520">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">The text must be written in </w:t>
       </w:r>
       <w:r w:rsidR="009F0520" w:rsidRPr="00DD20B1">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>English</w:t>
       </w:r>
       <w:r w:rsidR="00A95F49">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a maximum of </w:t>
       </w:r>
       <w:r w:rsidR="00A95F49" w:rsidRPr="00DD20B1">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
@@ -460,59 +666,51 @@
       </w:r>
       <w:r w:rsidR="00F035D8">
         <w:t>Include Family</w:t>
       </w:r>
       <w:r w:rsidR="009C1261">
         <w:t xml:space="preserve">-Name and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009C1261">
         <w:t>Institutuions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009C1261">
         <w:t xml:space="preserve"> of all authors. </w:t>
       </w:r>
       <w:r w:rsidR="009F0520" w:rsidRPr="009F0520">
         <w:t>All formatting styles used in this template are available in the MS Word style box, on the taskbar</w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF5452">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -550,958 +748,907 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00A95F49">
-[...16 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quisque ullamcorper mauris turpis, ac faucibus massa aliquam sed. Ut vitae augue eros. Duis sit amet blandit lectus. Mauris et nisl et ipsum dapibus tempus a semper nisi. Aliquam a magna vitae magna volutpat lobortis sit amet quis urna. Nam tincidunt diam sit amet lectus facilisis bibendum. Phasellus mollis nibh sed quam dapibus, quis consequat est convallis. Sed dapibus nisl ut quam ultricies, quis convallis urna luctus. Duis ultricies mauris id ipsum tempus, nec molestie metus condimentum. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non magna erat. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Curabitur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>interdum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>porttitor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>condimentum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, justo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gravida ante, quis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dapibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>neque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eu erat. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Morbi eget lectus fermentum, pellentesque nunc eget, efficitur massa. Vivamus sagittis iaculis lorem ac sollicitudin. Cras commodo maximus libero, ullamcorper pellentesque ante dapibus aliquet. Cras fringilla nisi sit amet neque efficitur, eu posuere eros placerat. Nunc vulputate elit et nisl tincidunt egestas sit amet vel nisl. Pellentesque urna odio, accumsan venenatis porttitor nec, mollis a ante. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve">Mauris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>enim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>varius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>urna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> nec, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> mi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+    </w:p>
+    <w:p w14:paraId="3E38968E" w14:textId="62A394A1" w:rsidR="00221485" w:rsidRPr="00E23E39" w:rsidRDefault="00221485" w:rsidP="00AA149D">
+      <w:pPr>
+        <w:pStyle w:val="BJRSAbstract"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="00E23E39">
+        <w:t>keyword 1, keyword 2, keyword 3,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C3D1A" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> keyword 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC02432" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00E23E39" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1E943D" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00E23E39" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F29AE4B" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00E23E39" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E5A3768" w14:textId="64C73C10" w:rsidR="008C49EB" w:rsidRPr="00E23E39" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE499E4" w14:textId="78D271FB" w:rsidR="008C49EB" w:rsidRPr="00630D57" w:rsidRDefault="008A21F4" w:rsidP="00586D9F">
+      <w:pPr>
+        <w:pStyle w:val="BJRSArticleTitle"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A21F4">
+        <w:lastRenderedPageBreak/>
+        <w:t>Title in second language</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0337">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008A21F4">
+        <w:t>(Portugu</w:t>
+      </w:r>
+      <w:r w:rsidR="001034CE">
+        <w:t>ese</w:t>
+      </w:r>
+      <w:r w:rsidR="00276DF5">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A21F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001034CE">
+        <w:t>Spanish or Fr</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1DF6">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="001034CE">
+        <w:t>nch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A21F4">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5C351E" w14:textId="16E8270B" w:rsidR="008C49EB" w:rsidRPr="001034CE" w:rsidRDefault="008C49EB" w:rsidP="00E7060B">
+      <w:pPr>
+        <w:pStyle w:val="BJRSAbstract"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C87903" w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C87903" w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C87903" w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00270836" w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7060B" w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ésumé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve">: Lorem ipsum dolor sit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>consectetur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>feugiat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>finibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>consequat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> ac, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001034CE">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quisque ullamcorper mauris turpis, ac faucibus massa aliquam sed. Ut vitae augue eros. Duis sit amet blandit lectus. Mauris et nisl et ipsum dapibus tempus a semper nisi. Aliquam a magna vitae magna volutpat lobortis sit amet quis urna. Nam tincidunt diam sit amet lectus facilisis bibendum. Phasellus mollis nibh sed quam dapibus, quis consequat est convallis. Sed dapibus nisl ut quam ultricies, quis convallis urna luctus. Duis ultricies mauris id ipsum tempus, nec molestie metus condimentum. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Praesent</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> non magna erat. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Curabitur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>interdum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>turpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> vitae </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>porttitor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>condimentum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, justo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> gravida ante, quis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>dapibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>neque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
+      <w:r w:rsidRPr="00AF5452">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> eu erat. </w:t>
       </w:r>
-      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Morbi eget lectus fermentum, pellentesque nunc eget, efficitur massa. Vivamus sagittis iaculis lorem ac sollicitudin. Cras commodo maximus libero, ullamcorper pellentesque ante dapibus aliquet. Cras fringilla nisi sit amet neque efficitur, eu posuere eros placerat. Nunc vulputate elit et nisl tincidunt egestas sit amet vel nisl. Pellentesque urna odio, accumsan venenatis porttitor nec, mollis a ante. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF5452" w:rsidRPr="009B1422">
+        <w:t xml:space="preserve">Morbi eget lectus fermentum, pellentesque nunc eget, efficitur massa. Vivamus sagittis iaculis lorem ac sollicitudin. Cras commodo maximus libero, ullamcorper pellentesque ante dapibus aliquet. Cras fringilla nisi sit amet neque efficitur, eu posuere eros placerat. Nunc vulputate elit et nisl tincidunt egestas sit amet vel nisl. Pellentesque urna odio, accumsan venenatis porttitor nec, mollis a ante. Mauris augue enim, varius in urna nec, eleifend malesuada mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556EB77C" w14:textId="67EAD6C1" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSAbstract"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Mauris augue enim, varius in urna nec, eleifend malesuada mi</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="009B1422">
+      </w:pPr>
+      <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Keywords:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009B1422">
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> keyword 1, keyword 2, keyword 3, keyword 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC02432" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="009B1422" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="4A582FEB" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B1E943D" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="009B1422" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="760C7DF3" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F29AE4B" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="009B1422" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="5848C611" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E5A3768" w14:textId="64C73C10" w:rsidR="008C49EB" w:rsidRPr="009B1422" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="7AE35E80" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B1422">
+    </w:p>
+    <w:p w14:paraId="7FAD5D04" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="25488CC3" w14:textId="77777777" w:rsidR="00276DF5" w:rsidRDefault="008A21F4" w:rsidP="008C49EB">
-[...414 lines deleted...]
-    <w:p w14:paraId="4A582FEB" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="38D660DC" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="760C7DF3" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
+    <w:p w14:paraId="134E9BE3" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidRDefault="008C49EB" w:rsidP="008C49EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...68 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="008C49EB" w:rsidRPr="00A95F49" w:rsidSect="00AA01DC">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1985" w:right="1701" w:bottom="1418" w:left="1134" w:header="426" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6527A342" w14:textId="77777777" w:rsidR="00F9575B" w:rsidRPr="00D42EBF" w:rsidRDefault="00F9575B" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00D42EBF">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INTRODUCTION </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205A176F" w14:textId="09C45AF0" w:rsidR="00F9575B" w:rsidRPr="00A95F49" w:rsidRDefault="00D02CD8" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F29EB">
         <w:t>Paragraph default style</w:t>
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00D42EBF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F1391">
         <w:t xml:space="preserve">Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Font size: 14 pt. </w:t>
       </w:r>
       <w:r w:rsidR="008F1391">
         <w:t xml:space="preserve">Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. Justified. </w:t>
       </w:r>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1539,125 +1686,97 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="008F1391" w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="00A95F49">
         <w:rPr>
@@ -1762,59 +1881,51 @@
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="001034CE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1852,173 +1963,142 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quisque ullamcorper mauris turpis, ac faucibus massa aliquam sed. Ut vitae augue eros </w:t>
       </w:r>
       <w:r w:rsidR="000D318A" w:rsidRPr="001034CE">
         <w:rPr>
           <w:color w:val="098037"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>[2]</w:t>
       </w:r>
       <w:r w:rsidR="000D318A" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65617507" w14:textId="2775F10B" w:rsidR="00F9575B" w:rsidRPr="00A95F49" w:rsidRDefault="008F1391" w:rsidP="008F1391">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Long citation style</w:t>
       </w:r>
-      <w:r w:rsidR="00F9575B" w:rsidRPr="001034CE">
+      <w:r w:rsidR="00F9575B" w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
-          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Style name (MS Word taskbar): [BJRS] Long citation. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve">Indent: 4 cm. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
@@ -2051,404 +2131,373 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1310">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve">Paragraph space before/after: 0 pt / </w:t>
       </w:r>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1310">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt. Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>sit</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>amet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>amet</w:t>
+        <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>adipiscing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>elit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>feugiat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>eleifend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>purus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>finibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>nulla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A95F49">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>consectetur</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>ultricies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>adipiscing</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>consequat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> ac, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>elit</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>malesuada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> id dui. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>Praesent</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>Quisque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A95F49">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>feugiat</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>ullamcorper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A95F49">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>eleifend</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>mauris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A95F49">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>purus</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>turpis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve">, ac </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>ut</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>faucibus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A95F49">
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t>finibus</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A95F49">
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B9721E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
-          <w:lang w:val="pt-BR"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B9721E">
+        </w:rPr>
+        <w:t>aliquam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
-          <w:lang w:val="pt-BR"/>
-[...185 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> sed. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ut vitae augue </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>eros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579617E6" w14:textId="5154F1F4" w:rsidR="00EB0AF2" w:rsidRPr="00EB0AF2" w:rsidRDefault="00EB0AF2" w:rsidP="00EB0AF2">
@@ -2461,59 +2510,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="66D36D73" w14:textId="6D8A1275" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="008F1391" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2551,125 +2592,97 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
@@ -2779,59 +2792,51 @@
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2869,125 +2874,97 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
@@ -3079,81 +3056,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:color w:val="098037"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>[4]</w:t>
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F28D54" w14:textId="77777777" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00F546D6">
         <w:t>MATERIALS AND METHODS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A733951" w14:textId="68F53247" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="00786CFB" w:rsidP="00D42EBF">
+    <w:p w14:paraId="1A733951" w14:textId="68F53247" w:rsidR="00F9575B" w:rsidRPr="00E23E39" w:rsidRDefault="00786CFB" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3191,249 +3157,169 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...23 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>mauris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>turpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008F1391">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>faucibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>aliquam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008F1391">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> sed. Ut vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> eros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E23E39">
         <w:rPr>
           <w:color w:val="098037"/>
-          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>[4]</w:t>
       </w:r>
-      <w:r w:rsidRPr="001034CE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516A90B2" w14:textId="030561AB" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="00F9575B" w:rsidP="00786CFB">
       <w:pPr>
         <w:pStyle w:val="BJRSLegend"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1: </w:t>
       </w:r>
       <w:r w:rsidR="00786CFB" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Legend style. Style name (MS Word taskbar): [BJRS] Legend. </w:t>
       </w:r>
       <w:r w:rsidR="00786CFB" w:rsidRPr="001034CE">
@@ -3488,51 +3374,51 @@
       <w:r w:rsidRPr="00786CFB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70E8D84F" wp14:editId="2FBF3C3F">
             <wp:extent cx="3558848" cy="1790855"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="224" name="Imagem 224"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3558848" cy="1790855"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21077C18" w14:textId="7AB4D104" w:rsidR="00F9575B" w:rsidRPr="00786CFB" w:rsidRDefault="00F9575B" w:rsidP="00786CFB">
       <w:pPr>
         <w:pStyle w:val="BJRSLegend"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
@@ -3554,81 +3440,70 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Microsoft Word 2013 taskbar</w:t>
       </w:r>
       <w:r w:rsidR="002B7CDE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002B7CDE">
         <w:t>Legend style</w:t>
       </w:r>
       <w:r w:rsidRPr="00F546D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37305D4A" w14:textId="77777777" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00F546D6">
         <w:t>RESULTS AND DISCUSSIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B14FA2" w14:textId="7404D060" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="002B7CDE" w:rsidP="00EE05C4">
+    <w:p w14:paraId="32B14FA2" w14:textId="7404D060" w:rsidR="00F9575B" w:rsidRPr="00E23E39" w:rsidRDefault="002B7CDE" w:rsidP="00EE05C4">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3667,236 +3542,163 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:lastRenderedPageBreak/>
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B7CDE">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...23 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>mauris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>turpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>faucibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>massa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>aliquam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B7CDE">
-[...30 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> sed. Ut vitae </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> eros</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9575B" w:rsidRPr="00E23E39">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5748C647" w14:textId="7A309740" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00EE05C4">
       <w:pPr>
         <w:pStyle w:val="BJRSLegend"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Table 1 : </w:t>
       </w:r>
       <w:r w:rsidR="00831A31" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Legend</w:t>
       </w:r>
       <w:r w:rsidR="00786CFB" w:rsidRPr="00A95F49">
         <w:rPr>
@@ -4844,59 +4646,51 @@
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A362FF3" w14:textId="163E2061" w:rsidR="00F9575B" w:rsidRPr="00A95F49" w:rsidRDefault="00831A31" w:rsidP="00831A31">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4934,125 +4728,97 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00831A31">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00831A31">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00831A31">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00831A31">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00831A31">
         <w:rPr>
@@ -5164,59 +4930,51 @@
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149917E7" w14:textId="1823AC1A" w:rsidR="000D318A" w:rsidRPr="00A95F49" w:rsidRDefault="00831A31" w:rsidP="00831A31">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5254,125 +5012,97 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>purus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>finibus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00831A31">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>Etiam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t>augue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>ultricies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> ac, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00831A31">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23E39">
         <w:t>malesuada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00831A31">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00E23E39">
+        <w:t xml:space="preserve"> id dui. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Quisque</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ullamcorper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
@@ -5476,364 +5206,1837 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBB08B3" w14:textId="56D814D6" w:rsidR="00F9575B" w:rsidRDefault="007A3C15" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6684AEE0" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">This research was supported/partially supported by [Name of Foundation, Grant maker, Donor]. We thank our colleagues from [Name of the supporting institution] who provided insight and expertise that greatly assisted the research, although they may not agree with </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the interpretations/conclusions of this paper.</w:t>
+        <w:t>This research was supported/partially supported by [Name of Foundation, Grant maker, Donor]. We thank our colleagues from [Name of the supporting institution] who provided insight and expertise that greatly assisted the research, although they may not agree with all of the interpretations/conclusions of this paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B35B513" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t>We thank [Name Surname, title] for assistance with [</w:t>
-[...7 lines deleted...]
-        <w:t>, methodology], and [Name Surname, position, institution name] for comments that greatly improved the manuscript.</w:t>
+        <w:t>We thank [Name Surname, title] for assistance with [particular technique, methodology], and [Name Surname, position, institution name] for comments that greatly improved the manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA436B3" w14:textId="2F4D34C3" w:rsidR="007A3C15" w:rsidRDefault="007A3C15" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">We would also like to show our gratitude to the (Name Surname, title, institution) for sharing their pearls of wisdom with us </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>We would also like to show our gratitude to the (Name Surname, title, institution) for sharing their pearls of wisdom with us during the course of this research, and we thank 3 “anonymous” reviewers for their so-called insights. We are also immensely grateful to (List names and positions) for their comments on an earlier version of the manuscript, although any errors are our own and should not tarnish the reputations of these esteemed persons.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D5BDC0" w14:textId="77777777" w:rsidR="002169E9" w:rsidRPr="001034CE" w:rsidRDefault="002169E9" w:rsidP="00EE05C4">
+    <w:p w14:paraId="5E6BA195" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FUNDING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DD4464" w14:textId="23910720" w:rsidR="002169E9" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
+    <w:p w14:paraId="6222B4EE" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007A3C15">
         <w:t>Authors are required to declare what support they received to carry out their research. Declaring funding sources acknowledges funders' contributions, fulfills funding requirements, and promotes greater transparency in the research process. Please inform the funding agency and the funding award number</w:t>
       </w:r>
-      <w:r w:rsidR="002169E9" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080CCDA6" w14:textId="77777777" w:rsidR="00831A31" w:rsidRPr="001034CE" w:rsidRDefault="00831A31" w:rsidP="007A3C15">
+    <w:p w14:paraId="68840C90" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E39FE3E" w14:textId="77777777" w:rsidR="00831A31" w:rsidRPr="001034CE" w:rsidRDefault="00831A31" w:rsidP="007A3C15">
+    <w:p w14:paraId="2CE2E50D" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CAC5E8F" w14:textId="77777777" w:rsidR="002169E9" w:rsidRPr="001034CE" w:rsidRDefault="002169E9" w:rsidP="00EE05C4">
+    <w:p w14:paraId="1779FD6A" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CONTRIBUTORSHIP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFB8F3E" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Conceptualization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>: NNFN1, NNFN2 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>author’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>: NNFN1, NNFN2 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>author’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Writing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – review </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>editing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>: NNFN1, NNFN2 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>author’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>initials</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B31F27" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="Authorship-and-contributorship" w:history="1">
+        <w:r w:rsidRPr="00030A07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>BJRS Editorial Policy 3.1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>collective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>responsibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>published</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>accurately</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>reflect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>By</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>submitting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>manuscript</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declare </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>actively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>participated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>discussion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> final </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>version</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>functions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Contributor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Adopted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BJRS as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>criteria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>accepting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>authorship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>taxonomy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>specification</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> system for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>naming</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>organizing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>things</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NISO (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="0052538E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>https://credit.niso.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> defines 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>different</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>authorship</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>functions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>described</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052538E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as follows:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00030A07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:val="pt-BR"/>
+          </w:rPr>
+          <w:t>https://bjrs.org.br/revista/index.php/REVISTA/en/about#Authorship-and-contributorship</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BF0F02" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSSectionTitle"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CONFLICT OF INTEREST</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF573E3" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
+    <w:p w14:paraId="4CAF92AC" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Conflicts of Interest are ubiquitous and cannot be completely eliminated from the editorial and/or authoring process. However, they can be managed constructively so that they exert as little intrusion as possible on the journal, its content and its credibility. All statements about COI by the author are requested in writing - in the notes to editor field - as a condition for analyzing a manuscript, so that authors will have a high probability of reporting possible conflicts of interest related to the manuscript, if there is.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069AAD40" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
-          <w:iCs/>
-          <w:spacing w:val="2"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
-          <w:iCs/>
-          <w:spacing w:val="2"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conflicts of Interest are ubiquitous and cannot be </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> from the editorial and/or authoring process. However, they can be managed constructively so that they exert as little intrusion as possible on the journal, its content and its credibility. All statements about COI by the author are requested in writing - in the notes to editor field - as a condition for analyzing a manuscript, so that authors will have a high probability of reporting possible conflicts of interest related to the manuscript, if there is.</w:t>
+        <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D5B1DC" w14:textId="26908240" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="00EE05C4">
+    <w:p w14:paraId="76F51EC7" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t>Examples:</w:t>
+        <w:t>John Smith declares no conflicts of interest. Jane Williams has received a research grant from Organization A. Mike Miller is an employee and owns stock in Company B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBDF172" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="34AAB0C7" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ABC was executive director of Organization A and received a part-time salary for this work. DEF is on the board of Journal X. GHI has a patent pending for Compound Y. The remaining authors have no conflicts of interest to declare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134C9F22" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>John Smith declares no conflicts of interest. Jane Williams has received a research grant from Organization A. Mike Miller is an employee and owns stock in Company B.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>We have no conflicts of interest to disclose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4959D84D" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7D8190D9" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
+      <w:pPr>
+        <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:rPr>
-[...64 lines deleted...]
-        </w:rPr>
         <w:t>All authors declare that they have no conflicts of interest.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA38F08" w14:textId="7CC4A357" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00EE05C4">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00F546D6">
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B30CC9" w14:textId="74356436" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="000D318A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -6366,63 +7569,51 @@
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>: O’NEIL, J. M.; EGAN, J. Men’s and women’s gender role journeys: A metaphor for healing, transition, and transformation. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: WAINRIB, B. R. </w:t>
-[...11 lines deleted...]
-        <w:t>(Ed). </w:t>
+        <w:t>: WAINRIB, B. R. (Ed). </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Gender issues across the life cycle</w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007A3C15">
@@ -6564,134 +7755,145 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Document</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t>]…</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">]… [Publisher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [Publisher </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Location</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t>Location</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">]: [Publisher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">]: [Publisher </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Name</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t>Name</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>], [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t>], [Publication Year]</w:t>
+        <w:t>Publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Year]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F547D6" w14:textId="640784E9" w:rsidR="002B4762" w:rsidRPr="001034CE" w:rsidRDefault="002B4762" w:rsidP="007A3C15">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -6916,50 +8118,51 @@
           <w:numId w:val="43"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Website reference example</w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: REACT. Rapid Early Action for Coronary Treatment. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Disponível em: http://www.epi.umn.edu/react/. Acesso em: 17 jan. 2018</w:t>
       </w:r>
       <w:r>
@@ -7112,310 +8315,302 @@
           <w:lang w:val="fr-FR" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:color w:val="098037"/>
           <w:sz w:val="32"/>
           <w:lang w:val="fr-FR" w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>LICENSE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46242F44" w14:textId="77777777" w:rsidR="002B4762" w:rsidRPr="001034CE" w:rsidRDefault="002B4762" w:rsidP="002B4762">
       <w:pPr>
         <w:pStyle w:val="BJRSTextLicense"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution and reproduction in any medium or format, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons license, and indicate if changes were made. The images or other third-party material in this article are included in the article’s Creative Commons license, unless indicated otherwise in a credit line to the material. </w:t>
+        <w:t xml:space="preserve">This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons license, and indicate if changes were made. The images or other third-party material in this article are included in the article’s Creative Commons license, unless indicated otherwise in a credit line to the material. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A0961B" w14:textId="75362927" w:rsidR="002B4762" w:rsidRPr="001034CE" w:rsidRDefault="002B4762" w:rsidP="002B4762">
       <w:pPr>
         <w:pStyle w:val="BJRSTextLicense"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>To view a copy of this license, visit http://creativecommons.org/ licenses/by/4.0/.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CC0CE5" w14:textId="77777777" w:rsidR="008C49EB" w:rsidRPr="001034CE" w:rsidRDefault="008C49EB" w:rsidP="002169E9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008C49EB" w:rsidRPr="001034CE" w:rsidSect="0042421C">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2304" w:right="849" w:bottom="1134" w:left="1134" w:header="284" w:footer="769" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="633D44B6" w14:textId="77777777" w:rsidR="001854C2" w:rsidRDefault="001854C2" w:rsidP="0070537C">
+    <w:p w14:paraId="07600F7E" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="524811AC" w14:textId="77777777" w:rsidR="001854C2" w:rsidRDefault="001854C2" w:rsidP="0070537C">
+    <w:p w14:paraId="0B4C1B03" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3265766E" w14:textId="77777777" w:rsidR="001854C2" w:rsidRDefault="001854C2">
+    <w:p w14:paraId="1859F509" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Work Sans Light">
+    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00000FF" w:usb1="5000E07B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
+    <w:panose1 w:val="020B0503020203020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
+    <w:panose1 w:val="020B0603030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans">
+    <w:panose1 w:val="020B0606030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Goudy Old Style">
     <w:panose1 w:val="02020502050305020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
@@ -7460,78 +8655,67 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Geometric 415 Lite">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Eras Light ITC">
     <w:panose1 w:val="020B0402030504020804"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
-    <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C86CD0E" w14:textId="1BFA9CFB" w:rsidR="00AA01DC" w:rsidRPr="00557F48" w:rsidRDefault="0042421C" w:rsidP="00557F48">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="-1277"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Eras Light ITC" w:hAnsi="Eras Light ITC"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6274DBE3" wp14:editId="11ED286B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4907915</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>132080</wp:posOffset>
           </wp:positionV>
@@ -7602,103 +8786,92 @@
         <w:noProof/>
       </w:rPr>
       <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4610FDCE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:453.45pt;margin-top:10.95pt;width:55.65pt;height:20.2pt;z-index:-251637753;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="CorelDraw.Graphic.15" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1810621006" r:id="rId3"/>
+        <o:OLEObject Type="Embed" ProgID="CorelDraw.Graphic.15" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1824883689" r:id="rId3"/>
       </w:object>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D7F87CF" w14:textId="5C14E81E" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5B28C63A" w14:textId="5443FA28" w:rsidR="0042421C" w:rsidRDefault="0042421C" w:rsidP="00FF1FC0">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7243FA57" w14:textId="77777777" w:rsidR="0042421C" w:rsidRDefault="0042421C" w:rsidP="00FF1FC0">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="38D9846B" w14:textId="2D938EA2" w:rsidR="009D42CC" w:rsidRPr="00F546D6" w:rsidRDefault="0042421C" w:rsidP="00FF1FC0">
+  <w:p w14:paraId="38D9846B" w14:textId="769FC297" w:rsidR="009D42CC" w:rsidRPr="00E23E39" w:rsidRDefault="0042421C" w:rsidP="00FF1FC0">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F546D6">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679751" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10C00FB8" wp14:editId="33BCEFB0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6337935</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>128905</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="477638" cy="297712"/>
               <wp:effectExtent l="0" t="0" r="0" b="7620"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Caixa de Texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7926,257 +9099,212 @@
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="18BAB0E8" w14:textId="77777777" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00F9575B">
                     <w:pPr>
                       <w:ind w:left="-142"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
-[...10 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00E23E39" w:rsidRPr="00E23E39">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00E23E39" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">of </w:t>
+      </w:rPr>
+      <w:t xml:space="preserve">Braz. J. Radiat. </w:t>
     </w:r>
-    <w:r w:rsidR="004760AD" w:rsidRPr="00F546D6">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00E23E39" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>R</w:t>
+      </w:rPr>
+      <w:t>Sci</w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="001A7CF6">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">adiation </w:t>
+      </w:rPr>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="004760AD" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="004B743F" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>S</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="004760AD" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Rio de Janeiro</w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="004B743F" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="00440B9A">
+    <w:r w:rsidR="00440B9A" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
-    <w:r w:rsidR="00440B9A">
+    <w:r w:rsidR="00440B9A" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> V</w:t>
     </w:r>
-    <w:r w:rsidR="00F546D6" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00F546D6" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>I</w:t>
     </w:r>
-    <w:r w:rsidR="00F546D6" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00F546D6" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>): 01-</w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidR="00F546D6" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00F546D6" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>. e2</w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>222</w:t>
     </w:r>
-    <w:r w:rsidR="004760AD" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="004760AD" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62E1368A" w14:textId="77777777" w:rsidR="001854C2" w:rsidRPr="007B0C4C" w:rsidRDefault="001854C2" w:rsidP="0070537C">
+    <w:p w14:paraId="09D2A38E" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRPr="007B0C4C" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B0C4C">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26CA3D34" w14:textId="77777777" w:rsidR="001854C2" w:rsidRDefault="001854C2" w:rsidP="0070537C">
+    <w:p w14:paraId="57540221" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="443305E3" w14:textId="77777777" w:rsidR="001854C2" w:rsidRDefault="001854C2">
+    <w:p w14:paraId="2C3D04C5" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47B70AB4" w14:textId="77777777" w:rsidR="001F29EB" w:rsidRDefault="001F29EB">
-[...9 lines deleted...]
-  <w:p w14:paraId="76FAEFE8" w14:textId="52BAA527" w:rsidR="00AA01DC" w:rsidRPr="009D4424" w:rsidRDefault="00F546D6" w:rsidP="00AA01DC">
+  <w:p w14:paraId="76FAEFE8" w14:textId="52BAA527" w:rsidR="00AA01DC" w:rsidRDefault="00F546D6" w:rsidP="0054608F">
     <w:pPr>
       <w:pStyle w:val="ecxmsonormal"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      <w:ind w:left="-49" w:right="-1277"/>
+      <w:ind w:left="-49" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...4 lines deleted...]
-        <w:szCs w:val="60"/>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:color w:val="auto"/>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F546D6">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D34762" wp14:editId="1F9EC22C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4194810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-17145</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="232410" cy="232410"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Imagem 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8263,57 +9391,123 @@
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidRPr="0042421C">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>2222</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="24B1F1AF" w14:textId="3C48E5BC" w:rsidR="004B743F" w:rsidRPr="009D4424" w:rsidRDefault="00440B9A" w:rsidP="00AA01DC">
+  <w:p w14:paraId="730F665B" w14:textId="55B69507" w:rsidR="0054608F" w:rsidRPr="009D4424" w:rsidRDefault="0054608F" w:rsidP="0054608F">
+    <w:pPr>
+      <w:pStyle w:val="ecxmsonormal"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:ind w:left="-49" w:right="-1276"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:iCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="60"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:t xml:space="preserve">Braz. J. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:t>Radiat</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:t>Sci</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
+      </w:rPr>
+      <w:t>, Rio de Janeiro</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="711A2CA4" w14:textId="77777777" w:rsidR="0054608F" w:rsidRDefault="00440B9A" w:rsidP="0054608F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1065"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="3827" w:right="-1277"/>
+      <w:ind w:left="3827" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D4424">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidR="00EB392C" w:rsidRPr="009D4424">
       <w:rPr>
@@ -8365,146 +9559,295 @@
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="004B743F" w:rsidRPr="009D4424">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | e</w:t>
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:b/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2222</w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="009D4424">
-[...6 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="6CBB46E0" w14:textId="61FC4285" w:rsidR="004B743F" w:rsidRPr="00F546D6" w:rsidRDefault="00F546D6" w:rsidP="004B743F">
+  <w:p w14:paraId="24B1F1AF" w14:textId="7C5E7158" w:rsidR="004B743F" w:rsidRPr="0054608F" w:rsidRDefault="0054608F" w:rsidP="0054608F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1065"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="3827" w:right="-1277"/>
+      <w:ind w:left="3827" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F546D6">
+    <w:r w:rsidRPr="0054608F">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-        <w:spacing w:val="10"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>Submitted</w:t>
+      </w:rPr>
+      <w:t>Editor</w:t>
     </w:r>
-    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00CF199C">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>(s)</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidRPr="00F546D6">
+    <w:r w:rsidR="00CF199C" w:rsidRPr="00CF199C">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>202</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve">Dr. (Prof.) </w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00DC6DF8">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>x</w:t>
+      </w:rPr>
+      <w:t>xxxxx</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F546D6">
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00DC6DF8">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>-</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00DC6DF8">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>mm</w:t>
+      </w:rPr>
+      <w:t>xxxx</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F546D6">
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00DC6DF8">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>-</w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="001837ED">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00DC6DF8">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      <w:t>aa</w:t>
+      </w:rPr>
+      <w:t>xxxxx</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>s</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="00CF199C">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Dr. (Prof.) </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Alfredo L</w:t>
+    </w:r>
+    <w:r w:rsidR="00DC6DF8">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Ferreira Filho</w:t>
+    </w:r>
+    <w:r w:rsidR="004B743F" w:rsidRPr="0054608F">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:bCs/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="679AFBFB" w14:textId="0DF75AA7" w:rsidR="004B743F" w:rsidRPr="001034CE" w:rsidRDefault="00F546D6" w:rsidP="004B743F">
+  <w:p w14:paraId="6CBB46E0" w14:textId="61FC4285" w:rsidR="004B743F" w:rsidRPr="00F546D6" w:rsidRDefault="00F546D6" w:rsidP="0054608F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1065"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="3827" w:right="-1277"/>
+      <w:ind w:left="3827" w:right="-1276"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F546D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:spacing w:val="10"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Submitted</w:t>
+    </w:r>
+    <w:r w:rsidR="004B743F" w:rsidRPr="00F546D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F546D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="001837ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>x</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F546D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="001837ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>mm</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F546D6">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="001837ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>aa</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="679AFBFB" w14:textId="0DF75AA7" w:rsidR="004B743F" w:rsidRPr="001034CE" w:rsidRDefault="00F546D6" w:rsidP="0054608F">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1065"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="3827" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001034CE">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Accepted:  202</w:t>
     </w:r>
     <w:r w:rsidR="001837ED" w:rsidRPr="001034CE">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
     <w:r w:rsidRPr="001034CE">
       <w:rPr>
@@ -8600,69 +9943,54 @@
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="338842" cy="338842"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="468C875D" w14:textId="3C5B896E" w:rsidR="009D42CC" w:rsidRDefault="009D42CC">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FF501E8" w14:textId="23A08D91" w:rsidR="004760AD" w:rsidRDefault="00000000" w:rsidP="004760AD">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Work Sans Light" w:hAnsi="Work Sans Light"/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:szCs w:val="40"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Work Sans Light" w:hAnsi="Work Sans Light"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:pict w14:anchorId="7A490086">
@@ -14404,51 +15732,51 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="379131235">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1870138164">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="184752142">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="243418990">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="989594992">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -14505,65 +15833,67 @@
     <w:rsid w:val="00101343"/>
     <w:rsid w:val="00101503"/>
     <w:rsid w:val="001034CE"/>
     <w:rsid w:val="00106421"/>
     <w:rsid w:val="00107916"/>
     <w:rsid w:val="0011066F"/>
     <w:rsid w:val="001121B4"/>
     <w:rsid w:val="00112923"/>
     <w:rsid w:val="00115E97"/>
     <w:rsid w:val="00122799"/>
     <w:rsid w:val="00122EE4"/>
     <w:rsid w:val="0012491B"/>
     <w:rsid w:val="00124969"/>
     <w:rsid w:val="00125AFC"/>
     <w:rsid w:val="001311DF"/>
     <w:rsid w:val="00140BFC"/>
     <w:rsid w:val="00140C7A"/>
     <w:rsid w:val="00142B92"/>
     <w:rsid w:val="00147A79"/>
     <w:rsid w:val="00152527"/>
     <w:rsid w:val="00156C77"/>
     <w:rsid w:val="00157148"/>
     <w:rsid w:val="00160187"/>
     <w:rsid w:val="001607A9"/>
     <w:rsid w:val="00164A7E"/>
+    <w:rsid w:val="0017256B"/>
     <w:rsid w:val="0017272D"/>
     <w:rsid w:val="001837ED"/>
     <w:rsid w:val="001854C2"/>
     <w:rsid w:val="00191FF1"/>
     <w:rsid w:val="00192218"/>
     <w:rsid w:val="0019334C"/>
     <w:rsid w:val="00195853"/>
     <w:rsid w:val="0019610C"/>
     <w:rsid w:val="00197B16"/>
     <w:rsid w:val="00197ECD"/>
     <w:rsid w:val="001A0E1A"/>
     <w:rsid w:val="001A112A"/>
     <w:rsid w:val="001A4437"/>
     <w:rsid w:val="001A48B0"/>
     <w:rsid w:val="001A5721"/>
+    <w:rsid w:val="001A7CF6"/>
     <w:rsid w:val="001B2A56"/>
     <w:rsid w:val="001B32C3"/>
     <w:rsid w:val="001B5BD9"/>
     <w:rsid w:val="001C407D"/>
     <w:rsid w:val="001C515D"/>
     <w:rsid w:val="001D01FD"/>
     <w:rsid w:val="001D4A5A"/>
     <w:rsid w:val="001D5684"/>
     <w:rsid w:val="001D5A4D"/>
     <w:rsid w:val="001E0219"/>
     <w:rsid w:val="001E0E92"/>
     <w:rsid w:val="001E3FBA"/>
     <w:rsid w:val="001E5DD6"/>
     <w:rsid w:val="001E7292"/>
     <w:rsid w:val="001F29EB"/>
     <w:rsid w:val="001F32FF"/>
     <w:rsid w:val="001F7425"/>
     <w:rsid w:val="00200D12"/>
     <w:rsid w:val="002026C3"/>
     <w:rsid w:val="00202BA3"/>
     <w:rsid w:val="002045C7"/>
     <w:rsid w:val="00204F13"/>
     <w:rsid w:val="00212B30"/>
     <w:rsid w:val="00213106"/>
     <w:rsid w:val="00213546"/>
@@ -14594,50 +15924,51 @@
     <w:rsid w:val="00271718"/>
     <w:rsid w:val="00274DF9"/>
     <w:rsid w:val="00274EDA"/>
     <w:rsid w:val="00276DF5"/>
     <w:rsid w:val="00284BDA"/>
     <w:rsid w:val="00290EF0"/>
     <w:rsid w:val="00292AEA"/>
     <w:rsid w:val="00295CAF"/>
     <w:rsid w:val="00297139"/>
     <w:rsid w:val="002A028C"/>
     <w:rsid w:val="002A1C65"/>
     <w:rsid w:val="002A1FFD"/>
     <w:rsid w:val="002A6CEC"/>
     <w:rsid w:val="002A7DCB"/>
     <w:rsid w:val="002B33CB"/>
     <w:rsid w:val="002B4762"/>
     <w:rsid w:val="002B7CDE"/>
     <w:rsid w:val="002B7DFE"/>
     <w:rsid w:val="002C3722"/>
     <w:rsid w:val="002C3D1A"/>
     <w:rsid w:val="002D217D"/>
     <w:rsid w:val="002D549E"/>
     <w:rsid w:val="002D7156"/>
     <w:rsid w:val="002D77CF"/>
     <w:rsid w:val="002D7E1E"/>
+    <w:rsid w:val="002E5BBB"/>
     <w:rsid w:val="002E5F1B"/>
     <w:rsid w:val="002E6981"/>
     <w:rsid w:val="002E6BA8"/>
     <w:rsid w:val="002E7D08"/>
     <w:rsid w:val="002F2679"/>
     <w:rsid w:val="002F54AF"/>
     <w:rsid w:val="002F62B5"/>
     <w:rsid w:val="00300026"/>
     <w:rsid w:val="00303CF6"/>
     <w:rsid w:val="00307E5F"/>
     <w:rsid w:val="00311C93"/>
     <w:rsid w:val="00313C82"/>
     <w:rsid w:val="00314973"/>
     <w:rsid w:val="003161CC"/>
     <w:rsid w:val="00316418"/>
     <w:rsid w:val="00321749"/>
     <w:rsid w:val="003233ED"/>
     <w:rsid w:val="00323C6E"/>
     <w:rsid w:val="00323E54"/>
     <w:rsid w:val="00324C2F"/>
     <w:rsid w:val="003339FD"/>
     <w:rsid w:val="00337CEE"/>
     <w:rsid w:val="0034097B"/>
     <w:rsid w:val="00341087"/>
     <w:rsid w:val="00354121"/>
@@ -14721,108 +16052,111 @@
     <w:rsid w:val="004F2628"/>
     <w:rsid w:val="004F3A66"/>
     <w:rsid w:val="004F6C95"/>
     <w:rsid w:val="005051D2"/>
     <w:rsid w:val="00511971"/>
     <w:rsid w:val="00514D82"/>
     <w:rsid w:val="00515DD8"/>
     <w:rsid w:val="00517264"/>
     <w:rsid w:val="0052116C"/>
     <w:rsid w:val="005220E1"/>
     <w:rsid w:val="00522733"/>
     <w:rsid w:val="005252B2"/>
     <w:rsid w:val="005277DC"/>
     <w:rsid w:val="005308AA"/>
     <w:rsid w:val="0053181E"/>
     <w:rsid w:val="00531A92"/>
     <w:rsid w:val="00532223"/>
     <w:rsid w:val="0053505D"/>
     <w:rsid w:val="0053722B"/>
     <w:rsid w:val="00537E33"/>
     <w:rsid w:val="005407D1"/>
     <w:rsid w:val="00543EC8"/>
     <w:rsid w:val="0054412C"/>
     <w:rsid w:val="005442D0"/>
     <w:rsid w:val="005445D8"/>
+    <w:rsid w:val="0054608F"/>
     <w:rsid w:val="0054672D"/>
     <w:rsid w:val="00546C78"/>
     <w:rsid w:val="00547752"/>
     <w:rsid w:val="005554E2"/>
     <w:rsid w:val="00556D19"/>
     <w:rsid w:val="00557E75"/>
     <w:rsid w:val="00557EE0"/>
     <w:rsid w:val="00557F48"/>
     <w:rsid w:val="00562CE1"/>
     <w:rsid w:val="00565497"/>
     <w:rsid w:val="0056559E"/>
     <w:rsid w:val="00566E8F"/>
     <w:rsid w:val="00567296"/>
     <w:rsid w:val="00571590"/>
     <w:rsid w:val="005752B0"/>
     <w:rsid w:val="0057548E"/>
     <w:rsid w:val="0057752F"/>
     <w:rsid w:val="0058142D"/>
+    <w:rsid w:val="00586D9F"/>
     <w:rsid w:val="005927E6"/>
     <w:rsid w:val="00592EAE"/>
     <w:rsid w:val="0059357B"/>
     <w:rsid w:val="005A2C47"/>
     <w:rsid w:val="005B7D80"/>
     <w:rsid w:val="005C0C4E"/>
     <w:rsid w:val="005C15A0"/>
     <w:rsid w:val="005C17B9"/>
     <w:rsid w:val="005C2168"/>
     <w:rsid w:val="005C2310"/>
     <w:rsid w:val="005D2C8B"/>
     <w:rsid w:val="005D3CCD"/>
     <w:rsid w:val="005D6264"/>
     <w:rsid w:val="005E28B9"/>
     <w:rsid w:val="005E5A16"/>
     <w:rsid w:val="005E7EFA"/>
     <w:rsid w:val="005F043F"/>
     <w:rsid w:val="005F0639"/>
     <w:rsid w:val="005F5433"/>
     <w:rsid w:val="005F5E90"/>
     <w:rsid w:val="005F72CB"/>
     <w:rsid w:val="006007DD"/>
     <w:rsid w:val="006011F8"/>
     <w:rsid w:val="006037DE"/>
     <w:rsid w:val="00612069"/>
     <w:rsid w:val="00615AF0"/>
     <w:rsid w:val="00630D57"/>
     <w:rsid w:val="006328E6"/>
     <w:rsid w:val="006357F9"/>
     <w:rsid w:val="00635C51"/>
     <w:rsid w:val="00642337"/>
     <w:rsid w:val="006439E2"/>
     <w:rsid w:val="0064434D"/>
     <w:rsid w:val="00646129"/>
     <w:rsid w:val="0065004D"/>
     <w:rsid w:val="00650455"/>
     <w:rsid w:val="00651D8A"/>
     <w:rsid w:val="00655CBD"/>
     <w:rsid w:val="00660CB8"/>
     <w:rsid w:val="00661823"/>
+    <w:rsid w:val="00662C22"/>
     <w:rsid w:val="00670E1C"/>
     <w:rsid w:val="00671084"/>
     <w:rsid w:val="006850BA"/>
     <w:rsid w:val="006939D6"/>
     <w:rsid w:val="0069708A"/>
     <w:rsid w:val="0069721A"/>
     <w:rsid w:val="006A16C9"/>
     <w:rsid w:val="006A7908"/>
     <w:rsid w:val="006B0020"/>
     <w:rsid w:val="006B098C"/>
     <w:rsid w:val="006B162B"/>
     <w:rsid w:val="006C1319"/>
     <w:rsid w:val="006C16F3"/>
     <w:rsid w:val="006C4BA3"/>
     <w:rsid w:val="006C66AB"/>
     <w:rsid w:val="006C70D6"/>
     <w:rsid w:val="006D1310"/>
     <w:rsid w:val="006D4EFD"/>
     <w:rsid w:val="006D7DC1"/>
     <w:rsid w:val="006E2242"/>
     <w:rsid w:val="006F3925"/>
     <w:rsid w:val="006F66AB"/>
     <w:rsid w:val="006F7757"/>
     <w:rsid w:val="00702155"/>
     <w:rsid w:val="007030D4"/>
@@ -14876,50 +16210,51 @@
     <w:rsid w:val="007F679F"/>
     <w:rsid w:val="00800B0F"/>
     <w:rsid w:val="00800E99"/>
     <w:rsid w:val="00802090"/>
     <w:rsid w:val="00803562"/>
     <w:rsid w:val="0080625B"/>
     <w:rsid w:val="008128F8"/>
     <w:rsid w:val="008166C0"/>
     <w:rsid w:val="0081696F"/>
     <w:rsid w:val="008217E3"/>
     <w:rsid w:val="0082224A"/>
     <w:rsid w:val="00831A31"/>
     <w:rsid w:val="0083264A"/>
     <w:rsid w:val="008346D9"/>
     <w:rsid w:val="008360BB"/>
     <w:rsid w:val="0083747A"/>
     <w:rsid w:val="0084387C"/>
     <w:rsid w:val="00851176"/>
     <w:rsid w:val="00861842"/>
     <w:rsid w:val="0088340E"/>
     <w:rsid w:val="00884DD6"/>
     <w:rsid w:val="00891094"/>
     <w:rsid w:val="008A21F4"/>
     <w:rsid w:val="008A2773"/>
     <w:rsid w:val="008A39D8"/>
+    <w:rsid w:val="008B0337"/>
     <w:rsid w:val="008B12B7"/>
     <w:rsid w:val="008B3AAD"/>
     <w:rsid w:val="008B5304"/>
     <w:rsid w:val="008C0458"/>
     <w:rsid w:val="008C1861"/>
     <w:rsid w:val="008C2BD8"/>
     <w:rsid w:val="008C49EB"/>
     <w:rsid w:val="008C7169"/>
     <w:rsid w:val="008E2314"/>
     <w:rsid w:val="008E24FE"/>
     <w:rsid w:val="008E37EE"/>
     <w:rsid w:val="008E44BF"/>
     <w:rsid w:val="008E5C9B"/>
     <w:rsid w:val="008F1391"/>
     <w:rsid w:val="008F1456"/>
     <w:rsid w:val="008F18D1"/>
     <w:rsid w:val="008F1AFF"/>
     <w:rsid w:val="008F2ED6"/>
     <w:rsid w:val="008F5C12"/>
     <w:rsid w:val="009001E3"/>
     <w:rsid w:val="009120D1"/>
     <w:rsid w:val="0091289C"/>
     <w:rsid w:val="00912F65"/>
     <w:rsid w:val="00916E9C"/>
     <w:rsid w:val="009234BF"/>
@@ -14933,52 +16268,54 @@
     <w:rsid w:val="00952AFB"/>
     <w:rsid w:val="00956DEB"/>
     <w:rsid w:val="00960E9C"/>
     <w:rsid w:val="0096513D"/>
     <w:rsid w:val="00965288"/>
     <w:rsid w:val="009721E0"/>
     <w:rsid w:val="0097581F"/>
     <w:rsid w:val="00980BB9"/>
     <w:rsid w:val="00982CB5"/>
     <w:rsid w:val="009847BE"/>
     <w:rsid w:val="0098537E"/>
     <w:rsid w:val="00990F60"/>
     <w:rsid w:val="0099515B"/>
     <w:rsid w:val="009956DA"/>
     <w:rsid w:val="00995C7C"/>
     <w:rsid w:val="009A098F"/>
     <w:rsid w:val="009A2673"/>
     <w:rsid w:val="009B1422"/>
     <w:rsid w:val="009B2502"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B6DC2"/>
     <w:rsid w:val="009C1261"/>
     <w:rsid w:val="009C3F1F"/>
     <w:rsid w:val="009D0137"/>
     <w:rsid w:val="009D13FC"/>
+    <w:rsid w:val="009D3D0E"/>
     <w:rsid w:val="009D42CC"/>
     <w:rsid w:val="009D4424"/>
+    <w:rsid w:val="009D4440"/>
     <w:rsid w:val="009D4E0B"/>
     <w:rsid w:val="009D7589"/>
     <w:rsid w:val="009E3618"/>
     <w:rsid w:val="009E766F"/>
     <w:rsid w:val="009F0520"/>
     <w:rsid w:val="009F1744"/>
     <w:rsid w:val="009F73B9"/>
     <w:rsid w:val="00A00D9F"/>
     <w:rsid w:val="00A00DAF"/>
     <w:rsid w:val="00A04505"/>
     <w:rsid w:val="00A1303A"/>
     <w:rsid w:val="00A20F7A"/>
     <w:rsid w:val="00A241FB"/>
     <w:rsid w:val="00A26623"/>
     <w:rsid w:val="00A26C34"/>
     <w:rsid w:val="00A31EFF"/>
     <w:rsid w:val="00A32424"/>
     <w:rsid w:val="00A328DB"/>
     <w:rsid w:val="00A3454A"/>
     <w:rsid w:val="00A35424"/>
     <w:rsid w:val="00A374AE"/>
     <w:rsid w:val="00A4300F"/>
     <w:rsid w:val="00A44452"/>
     <w:rsid w:val="00A4467D"/>
     <w:rsid w:val="00A50C8B"/>
@@ -15096,50 +16433,51 @@
     <w:rsid w:val="00C70E77"/>
     <w:rsid w:val="00C7147F"/>
     <w:rsid w:val="00C72DE9"/>
     <w:rsid w:val="00C73D7C"/>
     <w:rsid w:val="00C85F19"/>
     <w:rsid w:val="00C87903"/>
     <w:rsid w:val="00C937E1"/>
     <w:rsid w:val="00C95308"/>
     <w:rsid w:val="00CA1DF6"/>
     <w:rsid w:val="00CA6B6E"/>
     <w:rsid w:val="00CB46AA"/>
     <w:rsid w:val="00CB4B15"/>
     <w:rsid w:val="00CB4FB3"/>
     <w:rsid w:val="00CB6530"/>
     <w:rsid w:val="00CB7328"/>
     <w:rsid w:val="00CB757B"/>
     <w:rsid w:val="00CC334A"/>
     <w:rsid w:val="00CD0469"/>
     <w:rsid w:val="00CD1894"/>
     <w:rsid w:val="00CD38B0"/>
     <w:rsid w:val="00CD3F6A"/>
     <w:rsid w:val="00CD4824"/>
     <w:rsid w:val="00CD7E5B"/>
     <w:rsid w:val="00CE39D0"/>
     <w:rsid w:val="00CF0AF1"/>
+    <w:rsid w:val="00CF199C"/>
     <w:rsid w:val="00CF1FDF"/>
     <w:rsid w:val="00CF2348"/>
     <w:rsid w:val="00CF307C"/>
     <w:rsid w:val="00CF5CE6"/>
     <w:rsid w:val="00CF5EC5"/>
     <w:rsid w:val="00CF7223"/>
     <w:rsid w:val="00CF7AC4"/>
     <w:rsid w:val="00D0014E"/>
     <w:rsid w:val="00D02CD8"/>
     <w:rsid w:val="00D071F2"/>
     <w:rsid w:val="00D13F8E"/>
     <w:rsid w:val="00D169D3"/>
     <w:rsid w:val="00D21E4B"/>
     <w:rsid w:val="00D22727"/>
     <w:rsid w:val="00D24C89"/>
     <w:rsid w:val="00D26C96"/>
     <w:rsid w:val="00D26CC8"/>
     <w:rsid w:val="00D3043D"/>
     <w:rsid w:val="00D32F34"/>
     <w:rsid w:val="00D41EF2"/>
     <w:rsid w:val="00D42EBF"/>
     <w:rsid w:val="00D44B0F"/>
     <w:rsid w:val="00D52623"/>
     <w:rsid w:val="00D52DB4"/>
     <w:rsid w:val="00D546EA"/>
@@ -15151,71 +16489,75 @@
     <w:rsid w:val="00D67229"/>
     <w:rsid w:val="00D715BA"/>
     <w:rsid w:val="00D72E36"/>
     <w:rsid w:val="00D74CB0"/>
     <w:rsid w:val="00D75811"/>
     <w:rsid w:val="00D81873"/>
     <w:rsid w:val="00D81BB6"/>
     <w:rsid w:val="00D82F97"/>
     <w:rsid w:val="00D8653A"/>
     <w:rsid w:val="00D871A5"/>
     <w:rsid w:val="00D87ECA"/>
     <w:rsid w:val="00D96C2C"/>
     <w:rsid w:val="00D970A6"/>
     <w:rsid w:val="00DA46C7"/>
     <w:rsid w:val="00DA7182"/>
     <w:rsid w:val="00DB002A"/>
     <w:rsid w:val="00DB0429"/>
     <w:rsid w:val="00DB4300"/>
     <w:rsid w:val="00DB4F51"/>
     <w:rsid w:val="00DB7115"/>
     <w:rsid w:val="00DB792D"/>
     <w:rsid w:val="00DB7957"/>
     <w:rsid w:val="00DC03EC"/>
     <w:rsid w:val="00DC20AB"/>
     <w:rsid w:val="00DC6450"/>
+    <w:rsid w:val="00DC6DF8"/>
     <w:rsid w:val="00DD20B1"/>
     <w:rsid w:val="00DD382B"/>
     <w:rsid w:val="00DE1639"/>
     <w:rsid w:val="00DE483B"/>
     <w:rsid w:val="00DE71F7"/>
     <w:rsid w:val="00DF2CB3"/>
     <w:rsid w:val="00DF46A2"/>
     <w:rsid w:val="00DF7B0C"/>
     <w:rsid w:val="00E1345D"/>
+    <w:rsid w:val="00E203D8"/>
     <w:rsid w:val="00E20F56"/>
+    <w:rsid w:val="00E23E39"/>
     <w:rsid w:val="00E252D8"/>
     <w:rsid w:val="00E26BA8"/>
     <w:rsid w:val="00E26F47"/>
     <w:rsid w:val="00E30624"/>
     <w:rsid w:val="00E32503"/>
     <w:rsid w:val="00E35555"/>
     <w:rsid w:val="00E40B9A"/>
     <w:rsid w:val="00E41F79"/>
     <w:rsid w:val="00E53CF5"/>
     <w:rsid w:val="00E553E5"/>
     <w:rsid w:val="00E64AB4"/>
+    <w:rsid w:val="00E6566B"/>
     <w:rsid w:val="00E7060B"/>
     <w:rsid w:val="00E7675A"/>
     <w:rsid w:val="00E853E2"/>
     <w:rsid w:val="00E85BD0"/>
     <w:rsid w:val="00E87E3E"/>
     <w:rsid w:val="00E91EF7"/>
     <w:rsid w:val="00E94C09"/>
     <w:rsid w:val="00E97933"/>
     <w:rsid w:val="00EA0D4B"/>
     <w:rsid w:val="00EA46EF"/>
     <w:rsid w:val="00EB034D"/>
     <w:rsid w:val="00EB0AF2"/>
     <w:rsid w:val="00EB27F1"/>
     <w:rsid w:val="00EB392C"/>
     <w:rsid w:val="00EB5238"/>
     <w:rsid w:val="00EB5860"/>
     <w:rsid w:val="00EC22E3"/>
     <w:rsid w:val="00ED580E"/>
     <w:rsid w:val="00ED6EFA"/>
     <w:rsid w:val="00EE05C4"/>
     <w:rsid w:val="00EE29DA"/>
     <w:rsid w:val="00EE727A"/>
     <w:rsid w:val="00EF0ED8"/>
     <w:rsid w:val="00EF26AA"/>
     <w:rsid w:val="00EF6C3B"/>
@@ -15815,50 +17157,51 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002614E0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
@@ -19090,63 +20433,63 @@
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about#Authorship-and-contributorship" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/register" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19383,62 +20726,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="0190bee1-42b9-4362-9dc8-2229f310bd34" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100886399F21440F54B81A4893F74DA4F94" ma:contentTypeVersion="13" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="e569778da813ecea1372ac1a4b0758de">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0190bee1-42b9-4362-9dc8-2229f310bd34" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bdb9322008432577ff9a91782b1386cb" ns3:_="">
     <xsd:import namespace="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -19596,133 +20948,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4594BC85-E9DB-4C9C-9C55-A3DB41B67FCC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83B45F2-0324-4A98-BB64-14649D4E6553}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F6021A-35FD-40EB-9194-551C3E8CB06C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E1555F1-A5D9-43E4-9610-E1CD7C9AFA90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11506</Characters>
+  <Pages>9</Pages>
+  <Words>2327</Words>
+  <Characters>12572</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13609</CharactersWithSpaces>
+  <CharactersWithSpaces>14870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100886399F21440F54B81A4893F74DA4F94</vt:lpwstr>
   </property>