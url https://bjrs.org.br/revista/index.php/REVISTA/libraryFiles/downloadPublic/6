--- v1 (2025-12-02)
+++ v2 (2026-03-13)
@@ -15,133 +15,152 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A4E1AA7" w14:textId="47E8F299" w:rsidR="006C1319" w:rsidRPr="00630D57" w:rsidRDefault="00AF5452" w:rsidP="00DC6DF8">
+    <w:p w14:paraId="711AD24F" w14:textId="77777777" w:rsidR="000F637D" w:rsidRPr="00F712C6" w:rsidRDefault="000F637D" w:rsidP="000F637D">
       <w:pPr>
         <w:pStyle w:val="BJRSArticleTitle"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F712C6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Original Article</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4E1AA7" w14:textId="47E8F299" w:rsidR="006C1319" w:rsidRPr="00630D57" w:rsidRDefault="00AF5452" w:rsidP="000F637D">
+      <w:pPr>
+        <w:pStyle w:val="BJRSArticleTitle"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Article title: guidelines for Brazilian Journal of Radiation Sciences MS Word template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C14D1A7" w14:textId="6D3D9EC3" w:rsidR="00784BCE" w:rsidRPr="001034CE" w:rsidRDefault="0017256B" w:rsidP="00784BCE">
+    <w:p w14:paraId="1C14D1A7" w14:textId="6D3D9EC3" w:rsidR="00784BCE" w:rsidRPr="001034CE" w:rsidRDefault="00784BCE" w:rsidP="00784BCE">
       <w:pPr>
         <w:pStyle w:val="BJRSAuthors"/>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="008B0337">
+        <w:r w:rsidR="000F637D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:pict w14:anchorId="7A27AD77">
             <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
               <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
               <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
               <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
             <v:shape id="Imagem 4" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto." href="https://orcid.org/register" style="width:12.5pt;height:12.5pt;visibility:visible;mso-wrap-style:square" o:button="t">
               <v:imagedata r:id="rId12" o:title="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto"/>
             </v:shape>
           </w:pict>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Family-Name</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a*</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. N.; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0017256B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="700087A9" wp14:editId="36235D92">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="523217438" name="Imagem 4" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="523217438" name="Imagem 4" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
                       <a:hlinkClick r:id="rId11"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -154,110 +173,110 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Family-Name</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> b</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002D549E">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00784BCE" w:rsidRPr="001034CE">
+      <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A55BCDE" w14:textId="2621B42B" w:rsidR="00DF46A2" w:rsidRPr="001F29EB" w:rsidRDefault="00221485" w:rsidP="00630D57">
       <w:pPr>
         <w:pStyle w:val="BJRSAfiliation"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F546D6" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001F29EB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Institution name</w:t>
       </w:r>
       <w:r w:rsidR="00DC6DF8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC6DF8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10D6C3F4" wp14:editId="6E81EA41">
@@ -666,51 +685,59 @@
       </w:r>
       <w:r w:rsidR="00F035D8">
         <w:t>Include Family</w:t>
       </w:r>
       <w:r w:rsidR="009C1261">
         <w:t xml:space="preserve">-Name and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009C1261">
         <w:t>Institutuions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009C1261">
         <w:t xml:space="preserve"> of all authors. </w:t>
       </w:r>
       <w:r w:rsidR="009F0520" w:rsidRPr="009F0520">
         <w:t>All formatting styles used in this template are available in the MS Word style box, on the taskbar</w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="00AF5452">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF5452">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AF5452" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1165,51 +1192,59 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C87903" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00270836" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00E7060B" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ésumé</w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">: Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">: Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1604,51 +1639,59 @@
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00D42EBF">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F1391">
         <w:t xml:space="preserve">Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Font size: 14 pt. </w:t>
       </w:r>
       <w:r w:rsidR="008F1391">
         <w:t xml:space="preserve">Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. Justified. </w:t>
       </w:r>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F1391" w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1881,51 +1924,59 @@
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="001034CE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2131,51 +2182,65 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1310">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve">Paragraph space before/after: 0 pt / </w:t>
       </w:r>
       <w:r w:rsidRPr="008F1391">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="006D1310">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt. Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:rStyle w:val="BJRSLongcitationChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:rStyle w:val="BJRSLongcitationChar"/>
         </w:rPr>
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
@@ -2510,51 +2575,59 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="66D36D73" w14:textId="6D8A1275" w:rsidR="00F9575B" w:rsidRPr="001034CE" w:rsidRDefault="008F1391" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2792,51 +2865,59 @@
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. </w:t>
       </w:r>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3075,51 +3156,59 @@
         <w:pStyle w:val="BJRSSectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00F546D6">
         <w:t>MATERIALS AND METHODS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A733951" w14:textId="68F53247" w:rsidR="00F9575B" w:rsidRPr="00E23E39" w:rsidRDefault="00786CFB" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3399,55 +3488,63 @@
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3558848" cy="1790855"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="21077C18" w14:textId="7AB4D104" w:rsidR="00F9575B" w:rsidRPr="00786CFB" w:rsidRDefault="00F9575B" w:rsidP="00786CFB">
       <w:pPr>
         <w:pStyle w:val="BJRSLegend"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Source : </w:t>
+        <w:t>Source :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00786CFB" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Printscreen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00786CFB" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> from Microsoft Word 2013 taskbar</w:t>
       </w:r>
       <w:r w:rsidR="002B7CDE" w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002B7CDE">
         <w:t>Legend style</w:t>
       </w:r>
       <w:r w:rsidRPr="00F546D6">
@@ -3459,51 +3556,59 @@
         <w:pStyle w:val="BJRSSectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00F546D6">
         <w:t>RESULTS AND DISCUSSIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B14FA2" w14:textId="7404D060" w:rsidR="00F9575B" w:rsidRPr="00E23E39" w:rsidRDefault="002B7CDE" w:rsidP="00EE05C4">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3670,51 +3775,67 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E23E39">
         <w:t>augue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E23E39">
         <w:t xml:space="preserve"> eros</w:t>
       </w:r>
       <w:r w:rsidR="00F9575B" w:rsidRPr="00E23E39">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5748C647" w14:textId="7A309740" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B" w:rsidP="00EE05C4">
       <w:pPr>
         <w:pStyle w:val="BJRSLegend"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95F49">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Table 1 : </w:t>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1 :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00831A31" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Legend</w:t>
       </w:r>
       <w:r w:rsidR="00786CFB" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> style. Style name (MS Word taskbar): [BJRS] </w:t>
       </w:r>
       <w:r w:rsidR="00831A31" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Legend</w:t>
       </w:r>
       <w:r w:rsidR="00786CFB" w:rsidRPr="00A95F49">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -4646,51 +4767,59 @@
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A362FF3" w14:textId="163E2061" w:rsidR="00F9575B" w:rsidRPr="00A95F49" w:rsidRDefault="00831A31" w:rsidP="00831A31">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4930,51 +5059,59 @@
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149917E7" w14:textId="1823AC1A" w:rsidR="000D318A" w:rsidRPr="00A95F49" w:rsidRDefault="00831A31" w:rsidP="00831A31">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">Paragraph default style. Style name (MS Word taskbar): [BJRS] Paragraph. Font family: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001034CE">
         <w:t>Gramond</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001034CE">
         <w:t xml:space="preserve">. Font size: 14 pt. Line spacing: 1,5. Paragraph space before/after: 0 pt / 6 pt. </w:t>
       </w:r>
       <w:r w:rsidRPr="009B1422">
         <w:t xml:space="preserve">Justified. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F49">
-        <w:t xml:space="preserve">Lorem ipsum dolor sit </w:t>
+        <w:t xml:space="preserve">Lorem ipsum dolor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t>sit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A95F49">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A95F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5206,67 +5343,99 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ACKNOWLEDGMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBB08B3" w14:textId="56D814D6" w:rsidR="00F9575B" w:rsidRDefault="007A3C15" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6684AEE0" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t>This research was supported/partially supported by [Name of Foundation, Grant maker, Donor]. We thank our colleagues from [Name of the supporting institution] who provided insight and expertise that greatly assisted the research, although they may not agree with all of the interpretations/conclusions of this paper.</w:t>
+        <w:t xml:space="preserve">This research was supported/partially supported by [Name of Foundation, Grant maker, Donor]. We thank our colleagues from [Name of the supporting institution] who provided insight and expertise that greatly assisted the research, although they may not agree with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t xml:space="preserve"> the interpretations/conclusions of this paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B35B513" w14:textId="77777777" w:rsidR="007A3C15" w:rsidRPr="001034CE" w:rsidRDefault="007A3C15" w:rsidP="007A3C15">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t>We thank [Name Surname, title] for assistance with [particular technique, methodology], and [Name Surname, position, institution name] for comments that greatly improved the manuscript.</w:t>
+        <w:t>We thank [Name Surname, title] for assistance with [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>particular technique</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>, methodology], and [Name Surname, position, institution name] for comments that greatly improved the manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA436B3" w14:textId="2F4D34C3" w:rsidR="007A3C15" w:rsidRDefault="007A3C15" w:rsidP="00D42EBF">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
-        <w:t>We would also like to show our gratitude to the (Name Surname, title, institution) for sharing their pearls of wisdom with us during the course of this research, and we thank 3 “anonymous” reviewers for their so-called insights. We are also immensely grateful to (List names and positions) for their comments on an earlier version of the manuscript, although any errors are our own and should not tarnish the reputations of these esteemed persons.</w:t>
+        <w:t xml:space="preserve">We would also like to show our gratitude to the (Name Surname, title, institution) for sharing their pearls of wisdom with us </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>during the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t xml:space="preserve"> this research, and we thank 3 “anonymous” reviewers for their so-called insights. We are also immensely grateful to (List names and positions) for their comments on an earlier version of the manuscript, although any errors are our own and should not tarnish the reputations of these esteemed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001034CE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6BA195" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FUNDING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6222B4EE" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
@@ -6638,77 +6807,79 @@
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>organizing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>things</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>maintained</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6844,51 +7015,51 @@
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>described</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0052538E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
       <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId21" w:anchor="Authorship-and-contributorship" w:history="1">
         <w:r w:rsidRPr="00030A07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>https://bjrs.org.br/revista/index.php/REVISTA/en/about#Authorship-and-contributorship</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50BF0F02" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="001034CE" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSSectionTitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
@@ -6898,51 +7069,67 @@
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001034CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CONFLICT OF INTEREST</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAF92AC" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:pStyle w:val="BJRSParagraph"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Conflicts of Interest are ubiquitous and cannot be completely eliminated from the editorial and/or authoring process. However, they can be managed constructively so that they exert as little intrusion as possible on the journal, its content and its credibility. All statements about COI by the author are requested in writing - in the notes to editor field - as a condition for analyzing a manuscript, so that authors will have a high probability of reporting possible conflicts of interest related to the manuscript, if there is.</w:t>
+        <w:t xml:space="preserve">Conflicts of Interest are ubiquitous and cannot be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>completely eliminated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00030A07">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the editorial and/or authoring process. However, they can be managed constructively so that they exert as little intrusion as possible on the journal, its content and its credibility. All statements about COI by the author are requested in writing - in the notes to editor field - as a condition for analyzing a manuscript, so that authors will have a high probability of reporting possible conflicts of interest related to the manuscript, if there is.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069AAD40" w14:textId="77777777" w:rsidR="002E5BBB" w:rsidRPr="00030A07" w:rsidRDefault="002E5BBB" w:rsidP="002E5BBB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00030A07">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:i/>
@@ -7755,73 +7942,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Document</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">]… [Publisher </w:t>
+        <w:t>]…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7AC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Publisher </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t>Location</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CF7AC4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">]: [Publisher </w:t>
       </w:r>
@@ -8363,71 +8563,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:bidi="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008C49EB" w:rsidRPr="001034CE" w:rsidSect="0042421C">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2304" w:right="849" w:bottom="1134" w:left="1134" w:header="284" w:footer="769" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07600F7E" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
+    <w:p w14:paraId="657CB730" w14:textId="77777777" w:rsidR="00211E23" w:rsidRDefault="00211E23" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B4C1B03" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
+    <w:p w14:paraId="3A693107" w14:textId="77777777" w:rsidR="00211E23" w:rsidRDefault="00211E23" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1859F509" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B">
+    <w:p w14:paraId="149A8212" w14:textId="77777777" w:rsidR="00211E23" w:rsidRDefault="00211E23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8544,51 +8744,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Droid Sans">
     <w:panose1 w:val="020B0606030804020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Goudy Old Style">
     <w:panose1 w:val="02020502050305020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8661,51 +8860,50 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="F">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Eras Light ITC">
     <w:panose1 w:val="020B0402030504020804"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C86CD0E" w14:textId="1BFA9CFB" w:rsidR="00AA01DC" w:rsidRPr="00557F48" w:rsidRDefault="0042421C" w:rsidP="00557F48">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="-1277"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Eras Light ITC" w:hAnsi="Eras Light ITC"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -8786,51 +8984,51 @@
         <w:noProof/>
       </w:rPr>
       <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4610FDCE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:453.45pt;margin-top:10.95pt;width:55.65pt;height:20.2pt;z-index:-251637753;mso-position-horizontal-relative:text;mso-position-vertical-relative:text">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="CorelDraw.Graphic.15" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1824883689" r:id="rId3"/>
+        <o:OLEObject Type="Embed" ProgID="CorelDraw.Graphic.15" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1834750958" r:id="rId3"/>
       </w:object>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D7F87CF" w14:textId="5C14E81E" w:rsidR="00F9575B" w:rsidRPr="00F546D6" w:rsidRDefault="00F9575B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5B28C63A" w14:textId="5443FA28" w:rsidR="0042421C" w:rsidRDefault="0042421C" w:rsidP="00FF1FC0">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
@@ -9213,210 +9411,245 @@
     <w:r w:rsidR="00F546D6" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       </w:rPr>
       <w:t>. e2</w:t>
     </w:r>
     <w:r w:rsidR="001837ED" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       </w:rPr>
       <w:t>222</w:t>
     </w:r>
     <w:r w:rsidR="004760AD" w:rsidRPr="00E23E39">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09D2A38E" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRPr="007B0C4C" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
+    <w:p w14:paraId="5234CDF2" w14:textId="77777777" w:rsidR="00211E23" w:rsidRPr="007B0C4C" w:rsidRDefault="00211E23" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B0C4C">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57540221" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B" w:rsidP="0070537C">
+    <w:p w14:paraId="401EABAF" w14:textId="77777777" w:rsidR="00211E23" w:rsidRDefault="00211E23" w:rsidP="0070537C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C3D04C5" w14:textId="77777777" w:rsidR="00E6566B" w:rsidRDefault="00E6566B">
+    <w:p w14:paraId="558DE886" w14:textId="77777777" w:rsidR="00211E23" w:rsidRDefault="00211E23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="76FAEFE8" w14:textId="52BAA527" w:rsidR="00AA01DC" w:rsidRDefault="00F546D6" w:rsidP="0054608F">
+  <w:p w14:paraId="76FAEFE8" w14:textId="20F3C3EE" w:rsidR="00AA01DC" w:rsidRDefault="009878DA" w:rsidP="0054608F">
     <w:pPr>
       <w:pStyle w:val="ecxmsonormal"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:ind w:left="-49" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F546D6">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676679" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0959662E" wp14:editId="42B03D1B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-270510</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1281525" cy="10680700"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1860351421" name="Imagem 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 13"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1281525" cy="10680700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00F546D6" w:rsidRPr="00F546D6">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D34762" wp14:editId="1F9EC22C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03D34762" wp14:editId="10B6BC89">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4194810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-17145</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="232410" cy="232410"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Imagem 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="232410" cy="232410"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00000000">
-[...29 lines deleted...]
-    <w:r w:rsidRPr="0042421C">
+    <w:r w:rsidR="00F546D6" w:rsidRPr="0042421C">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>doi.org/10.15392/2319-0612.202</w:t>
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>x</w:t>
     </w:r>
-    <w:r w:rsidRPr="0042421C">
+    <w:r w:rsidR="00F546D6" w:rsidRPr="0042421C">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="001837ED">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Garamond" w:eastAsia="MS Gothic" w:hAnsi="Garamond"/>
         <w:color w:val="auto"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>2222</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="730F665B" w14:textId="55B69507" w:rsidR="0054608F" w:rsidRPr="009D4424" w:rsidRDefault="0054608F" w:rsidP="0054608F">
     <w:pPr>
       <w:pStyle w:val="ecxmsonormal"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:ind w:left="-49" w:right="-1276"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -15732,51 +15965,51 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="379131235">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1870138164">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="184752142">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="243418990">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="989594992">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -15794,60 +16027,62 @@
     <w:rsid w:val="00023CC0"/>
     <w:rsid w:val="000303DC"/>
     <w:rsid w:val="000404BD"/>
     <w:rsid w:val="000437AB"/>
     <w:rsid w:val="00044F8B"/>
     <w:rsid w:val="00045A9F"/>
     <w:rsid w:val="00045DC8"/>
     <w:rsid w:val="00050E69"/>
     <w:rsid w:val="000524BF"/>
     <w:rsid w:val="00054A48"/>
     <w:rsid w:val="000560CC"/>
     <w:rsid w:val="000567FD"/>
     <w:rsid w:val="00061668"/>
     <w:rsid w:val="00066F43"/>
     <w:rsid w:val="0006726E"/>
     <w:rsid w:val="00070DBD"/>
     <w:rsid w:val="00077A21"/>
     <w:rsid w:val="00092661"/>
     <w:rsid w:val="0009469E"/>
     <w:rsid w:val="000A26E9"/>
     <w:rsid w:val="000A4A0F"/>
     <w:rsid w:val="000B1942"/>
     <w:rsid w:val="000B1FB0"/>
     <w:rsid w:val="000B2B3E"/>
     <w:rsid w:val="000B63CB"/>
+    <w:rsid w:val="000C0ABB"/>
     <w:rsid w:val="000C2395"/>
     <w:rsid w:val="000C38CA"/>
     <w:rsid w:val="000C3A0D"/>
     <w:rsid w:val="000C3E02"/>
     <w:rsid w:val="000C698A"/>
     <w:rsid w:val="000C76F5"/>
     <w:rsid w:val="000D318A"/>
     <w:rsid w:val="000D7817"/>
     <w:rsid w:val="000E38C2"/>
     <w:rsid w:val="000E6301"/>
+    <w:rsid w:val="000F637D"/>
     <w:rsid w:val="000F64AA"/>
     <w:rsid w:val="000F767C"/>
     <w:rsid w:val="0010027B"/>
     <w:rsid w:val="00100928"/>
     <w:rsid w:val="00101343"/>
     <w:rsid w:val="00101503"/>
     <w:rsid w:val="001034CE"/>
     <w:rsid w:val="00106421"/>
     <w:rsid w:val="00107916"/>
     <w:rsid w:val="0011066F"/>
     <w:rsid w:val="001121B4"/>
     <w:rsid w:val="00112923"/>
     <w:rsid w:val="00115E97"/>
     <w:rsid w:val="00122799"/>
     <w:rsid w:val="00122EE4"/>
     <w:rsid w:val="0012491B"/>
     <w:rsid w:val="00124969"/>
     <w:rsid w:val="00125AFC"/>
     <w:rsid w:val="001311DF"/>
     <w:rsid w:val="00140BFC"/>
     <w:rsid w:val="00140C7A"/>
     <w:rsid w:val="00142B92"/>
     <w:rsid w:val="00147A79"/>
     <w:rsid w:val="00152527"/>
     <w:rsid w:val="00156C77"/>
@@ -15872,50 +16107,51 @@
     <w:rsid w:val="001A48B0"/>
     <w:rsid w:val="001A5721"/>
     <w:rsid w:val="001A7CF6"/>
     <w:rsid w:val="001B2A56"/>
     <w:rsid w:val="001B32C3"/>
     <w:rsid w:val="001B5BD9"/>
     <w:rsid w:val="001C407D"/>
     <w:rsid w:val="001C515D"/>
     <w:rsid w:val="001D01FD"/>
     <w:rsid w:val="001D4A5A"/>
     <w:rsid w:val="001D5684"/>
     <w:rsid w:val="001D5A4D"/>
     <w:rsid w:val="001E0219"/>
     <w:rsid w:val="001E0E92"/>
     <w:rsid w:val="001E3FBA"/>
     <w:rsid w:val="001E5DD6"/>
     <w:rsid w:val="001E7292"/>
     <w:rsid w:val="001F29EB"/>
     <w:rsid w:val="001F32FF"/>
     <w:rsid w:val="001F7425"/>
     <w:rsid w:val="00200D12"/>
     <w:rsid w:val="002026C3"/>
     <w:rsid w:val="00202BA3"/>
     <w:rsid w:val="002045C7"/>
     <w:rsid w:val="00204F13"/>
+    <w:rsid w:val="00211E23"/>
     <w:rsid w:val="00212B30"/>
     <w:rsid w:val="00213106"/>
     <w:rsid w:val="00213546"/>
     <w:rsid w:val="002138A4"/>
     <w:rsid w:val="00214AB0"/>
     <w:rsid w:val="00215293"/>
     <w:rsid w:val="00215A5D"/>
     <w:rsid w:val="002169E9"/>
     <w:rsid w:val="00221485"/>
     <w:rsid w:val="00221927"/>
     <w:rsid w:val="00221CF7"/>
     <w:rsid w:val="002225F2"/>
     <w:rsid w:val="00223588"/>
     <w:rsid w:val="00224587"/>
     <w:rsid w:val="00224BDA"/>
     <w:rsid w:val="002251D1"/>
     <w:rsid w:val="00227EAC"/>
     <w:rsid w:val="00231C69"/>
     <w:rsid w:val="002501F0"/>
     <w:rsid w:val="00253253"/>
     <w:rsid w:val="00254C7E"/>
     <w:rsid w:val="00256204"/>
     <w:rsid w:val="002614E0"/>
     <w:rsid w:val="0026422D"/>
     <w:rsid w:val="00264CAD"/>
@@ -16254,50 +16490,51 @@
     <w:rsid w:val="008F5C12"/>
     <w:rsid w:val="009001E3"/>
     <w:rsid w:val="009120D1"/>
     <w:rsid w:val="0091289C"/>
     <w:rsid w:val="00912F65"/>
     <w:rsid w:val="00916E9C"/>
     <w:rsid w:val="009234BF"/>
     <w:rsid w:val="00923B73"/>
     <w:rsid w:val="009254CE"/>
     <w:rsid w:val="00941B21"/>
     <w:rsid w:val="00944EB5"/>
     <w:rsid w:val="0094647D"/>
     <w:rsid w:val="00946D40"/>
     <w:rsid w:val="00947BEB"/>
     <w:rsid w:val="00952AFB"/>
     <w:rsid w:val="00956DEB"/>
     <w:rsid w:val="00960E9C"/>
     <w:rsid w:val="0096513D"/>
     <w:rsid w:val="00965288"/>
     <w:rsid w:val="009721E0"/>
     <w:rsid w:val="0097581F"/>
     <w:rsid w:val="00980BB9"/>
     <w:rsid w:val="00982CB5"/>
     <w:rsid w:val="009847BE"/>
     <w:rsid w:val="0098537E"/>
+    <w:rsid w:val="009878DA"/>
     <w:rsid w:val="00990F60"/>
     <w:rsid w:val="0099515B"/>
     <w:rsid w:val="009956DA"/>
     <w:rsid w:val="00995C7C"/>
     <w:rsid w:val="009A098F"/>
     <w:rsid w:val="009A2673"/>
     <w:rsid w:val="009B1422"/>
     <w:rsid w:val="009B2502"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B6DC2"/>
     <w:rsid w:val="009C1261"/>
     <w:rsid w:val="009C3F1F"/>
     <w:rsid w:val="009D0137"/>
     <w:rsid w:val="009D13FC"/>
     <w:rsid w:val="009D3D0E"/>
     <w:rsid w:val="009D42CC"/>
     <w:rsid w:val="009D4424"/>
     <w:rsid w:val="009D4440"/>
     <w:rsid w:val="009D4E0B"/>
     <w:rsid w:val="009D7589"/>
     <w:rsid w:val="009E3618"/>
     <w:rsid w:val="009E766F"/>
     <w:rsid w:val="009F0520"/>
     <w:rsid w:val="009F1744"/>
     <w:rsid w:val="009F73B9"/>
@@ -20433,59 +20670,59 @@
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="120"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about#Authorship-and-contributorship" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/register" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/register" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bjrs.org.br/revista/index.php/REVISTA/en/about" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ror.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20735,62 +20972,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...10 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100886399F21440F54B81A4893F74DA4F94" ma:contentTypeVersion="13" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="e569778da813ecea1372ac1a4b0758de">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0190bee1-42b9-4362-9dc8-2229f310bd34" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bdb9322008432577ff9a91782b1386cb" ns3:_="">
     <xsd:import namespace="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -20948,124 +21173,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="0190bee1-42b9-4362-9dc8-2229f310bd34" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4594BC85-E9DB-4C9C-9C55-A3DB41B67FCC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83B45F2-0324-4A98-BB64-14649D4E6553}">
-[...16 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E1555F1-A5D9-43E4-9610-E1CD7C9AFA90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95F6021A-35FD-40EB-9194-551C3E8CB06C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0190bee1-42b9-4362-9dc8-2229f310bd34"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83B45F2-0324-4A98-BB64-14649D4E6553}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2327</Words>
-  <Characters>12572</Characters>
+  <Words>2331</Words>
+  <Characters>12591</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14870</CharactersWithSpaces>
+  <CharactersWithSpaces>14893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100886399F21440F54B81A4893F74DA4F94</vt:lpwstr>
   </property>